--- v0 (2025-12-06)
+++ v1 (2026-01-27)
@@ -15,82 +15,81 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="7" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\load3\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="17256" windowHeight="5772" activeTab="2"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="9192"/>
   </bookViews>
   <sheets>
     <sheet name="ASIA" sheetId="7" r:id="rId1"/>
     <sheet name="EUROPA" sheetId="8" r:id="rId2"/>
     <sheet name="AMERICA" sheetId="9" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">AMERICA!$A$15:$G$36</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">ASIA!$A$12:$H$78</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">EUROPA!$A$15:$H$39</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="C25" i="9" l="1"/>
   <c r="C24" i="7" l="1"/>
   <c r="E34" i="7"/>
   <c r="E23" i="7"/>
   <c r="E24" i="7"/>
   <c r="E25" i="7"/>
   <c r="E26" i="7"/>
   <c r="E27" i="7"/>
   <c r="E28" i="7"/>
   <c r="E29" i="7"/>
   <c r="E30" i="7"/>
   <c r="E31" i="7"/>
   <c r="E32" i="7"/>
   <c r="E33" i="7"/>
   <c r="E35" i="7"/>
   <c r="E36" i="7"/>
   <c r="E37" i="7"/>
   <c r="E38" i="7"/>
   <c r="E39" i="7"/>
   <c r="E40" i="7"/>
   <c r="E41" i="7"/>
   <c r="E42" i="7"/>
   <c r="E43" i="7"/>
   <c r="E44" i="7"/>
   <c r="E45" i="7"/>
   <c r="E46" i="7"/>
@@ -98,50 +97,51 @@
   <c r="E48" i="7"/>
   <c r="E49" i="7"/>
   <c r="E50" i="7"/>
   <c r="E51" i="7"/>
   <c r="E52" i="7"/>
   <c r="E53" i="7"/>
   <c r="E54" i="7"/>
   <c r="E55" i="7"/>
   <c r="E56" i="7"/>
   <c r="E57" i="7"/>
   <c r="E58" i="7"/>
   <c r="E59" i="7"/>
   <c r="E60" i="7"/>
   <c r="E61" i="7"/>
   <c r="E62" i="7"/>
   <c r="E63" i="7"/>
   <c r="E64" i="7"/>
   <c r="E65" i="7"/>
   <c r="E66" i="7"/>
   <c r="E67" i="7"/>
   <c r="E68" i="7"/>
   <c r="E69" i="7"/>
   <c r="E70" i="7"/>
   <c r="E71" i="7"/>
   <c r="C46" i="7" l="1"/>
+  <c r="E22" i="7"/>
   <c r="J71" i="7" l="1"/>
   <c r="J70" i="7"/>
   <c r="J69" i="7"/>
   <c r="J68" i="7"/>
   <c r="J67" i="7"/>
   <c r="J66" i="7"/>
   <c r="J65" i="7"/>
   <c r="J64" i="7"/>
   <c r="J63" i="7"/>
   <c r="J62" i="7"/>
   <c r="J61" i="7"/>
   <c r="J60" i="7"/>
   <c r="J59" i="7"/>
   <c r="J58" i="7"/>
   <c r="J57" i="7"/>
   <c r="J56" i="7"/>
   <c r="J55" i="7"/>
   <c r="J54" i="7"/>
   <c r="J53" i="7"/>
   <c r="J52" i="7"/>
   <c r="J51" i="7"/>
   <c r="J50" i="7"/>
   <c r="J49" i="7"/>
   <c r="J48" i="7"/>
   <c r="J47" i="7"/>
@@ -1751,80 +1751,74 @@
     </xf>
     <xf numFmtId="0" fontId="20" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="20" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="21" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="168" fontId="20" fillId="2" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="166" fontId="33" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="167" fontId="2" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="167" fontId="18" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="18" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="18" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="166" fontId="30" fillId="5" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="5" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -1833,50 +1827,56 @@
     </xf>
     <xf numFmtId="0" fontId="33" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="167" fontId="32" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="167" fontId="31" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="32" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="32" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="167" fontId="32" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="26" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="7">
     <cellStyle name="Excel Built-in Normal 1" xfId="5"/>
     <cellStyle name="Millares" xfId="1" builtinId="3"/>
     <cellStyle name="Millares 2" xfId="2"/>
     <cellStyle name="Millares 3" xfId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 1670" xfId="6"/>
     <cellStyle name="Normal 2" xfId="4"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -1979,51 +1979,51 @@
             <a:spcAft>
               <a:spcPts val="0"/>
             </a:spcAft>
             <a:buClrTx/>
             <a:buSzTx/>
             <a:buFontTx/>
             <a:buNone/>
             <a:tabLst/>
             <a:defRPr/>
           </a:pPr>
           <a:r>
             <a:rPr kumimoji="0" lang="es-PE" sz="1400" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="7030A0"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>VIGENTE DEL 01 AL 14 DE DICIEMBRE (FECHA DE ZARPE) 2025</a:t>
+            <a:t>VIGENTE DEL 15 AL 31 DE ENERO (FECHA DE ZARPE) 2026</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>768348</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>800100</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>209550</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
@@ -2123,51 +2123,51 @@
             <a:spcAft>
               <a:spcPts val="0"/>
             </a:spcAft>
             <a:buClrTx/>
             <a:buSzTx/>
             <a:buFontTx/>
             <a:buNone/>
             <a:tabLst/>
             <a:defRPr/>
           </a:pPr>
           <a:r>
             <a:rPr kumimoji="0" lang="es-PE" sz="1400" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="7030A0"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>VIGENTE DEL 01 AL 14 DE DICIEMBRE (FECHA DE ZARPE) 2025</a:t>
+            <a:t>VIGENTE DEL 15 AL 31 DE ENERO (FECHA DE ZARPE) 2026</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>628650</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>952500</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
@@ -2251,51 +2251,51 @@
             <a:spcAft>
               <a:spcPts val="0"/>
             </a:spcAft>
             <a:buClrTx/>
             <a:buSzTx/>
             <a:buFontTx/>
             <a:buNone/>
             <a:tabLst/>
             <a:defRPr/>
           </a:pPr>
           <a:r>
             <a:rPr kumimoji="0" lang="es-PE" sz="1400" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="7030A0"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>VIGENTE DEL 01 AL 14 DE DICIEMBRE (FECHA DE ZARPE) 2025</a:t>
+            <a:t>VIGENTE DEL 15 AL 31 DE ENERO (FECHA DE ZARPE) 2026</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - Tema de 2022">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -2572,51 +2572,51 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A7:J86"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A13" sqref="A13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="14" style="18" customWidth="1"/>
     <col min="2" max="2" width="15.21875" customWidth="1"/>
     <col min="3" max="3" width="23" customWidth="1"/>
     <col min="4" max="5" width="22.77734375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="19.44140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="16.77734375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="14.21875" customWidth="1"/>
     <col min="9" max="9" width="0" hidden="1" customWidth="1"/>
     <col min="10" max="10" width="30.44140625" hidden="1" customWidth="1"/>
     <col min="11" max="11" width="3.21875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="7" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B7" s="28"/>
       <c r="C7" s="28"/>
       <c r="D7" s="28"/>
       <c r="E7" s="28"/>
       <c r="F7" s="28"/>
       <c r="G7" s="28"/>
       <c r="H7" s="28"/>
@@ -2630,84 +2630,84 @@
       <c r="F8" s="27"/>
       <c r="G8" s="27"/>
       <c r="H8" s="27"/>
     </row>
     <row r="9" spans="1:10" ht="29.4" x14ac:dyDescent="0.3">
       <c r="A9" s="29"/>
       <c r="B9" s="27"/>
       <c r="C9" s="27"/>
       <c r="D9" s="27"/>
       <c r="E9" s="27"/>
       <c r="F9" s="27"/>
       <c r="G9" s="27"/>
       <c r="H9" s="27"/>
     </row>
     <row r="10" spans="1:10" ht="29.4" x14ac:dyDescent="0.3">
       <c r="A10" s="29"/>
       <c r="B10" s="27"/>
       <c r="C10" s="27"/>
       <c r="D10" s="27"/>
       <c r="E10" s="27"/>
       <c r="F10" s="27"/>
       <c r="G10" s="27"/>
       <c r="H10" s="27"/>
     </row>
     <row r="11" spans="1:10" ht="25.05" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="101" t="s">
+      <c r="A11" s="128" t="s">
         <v>0</v>
       </c>
-      <c r="B11" s="101"/>
-[...5 lines deleted...]
-      <c r="H11" s="101"/>
+      <c r="B11" s="128"/>
+      <c r="C11" s="128"/>
+      <c r="D11" s="128"/>
+      <c r="E11" s="128"/>
+      <c r="F11" s="128"/>
+      <c r="G11" s="128"/>
+      <c r="H11" s="128"/>
     </row>
     <row r="12" spans="1:10" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="A12" s="102" t="s">
+      <c r="A12" s="101" t="s">
         <v>1</v>
       </c>
-      <c r="B12" s="103" t="s">
+      <c r="B12" s="102" t="s">
         <v>2</v>
       </c>
-      <c r="C12" s="103" t="s">
+      <c r="C12" s="102" t="s">
         <v>4</v>
       </c>
-      <c r="D12" s="104" t="s">
+      <c r="D12" s="103" t="s">
         <v>230</v>
       </c>
-      <c r="E12" s="104" t="s">
+      <c r="E12" s="103" t="s">
         <v>231</v>
       </c>
-      <c r="F12" s="103" t="s">
+      <c r="F12" s="102" t="s">
         <v>5</v>
       </c>
-      <c r="G12" s="103" t="s">
+      <c r="G12" s="102" t="s">
         <v>6</v>
       </c>
-      <c r="H12" s="103" t="s">
+      <c r="H12" s="102" t="s">
         <v>7</v>
       </c>
       <c r="I12" s="97" t="s">
         <v>215</v>
       </c>
       <c r="J12" s="15" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="13" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A13" s="16" t="s">
         <v>12</v>
       </c>
       <c r="B13" s="7" t="s">
         <v>242</v>
       </c>
       <c r="C13" s="2">
         <v>130</v>
       </c>
       <c r="D13" s="84">
         <v>130</v>
       </c>
       <c r="E13" s="2">
         <v>130</v>
       </c>
@@ -2742,57 +2742,57 @@
       <c r="F14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>11</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>99</v>
       </c>
       <c r="I14">
         <v>10</v>
       </c>
       <c r="J14" s="84">
         <f>125</f>
         <v>125</v>
       </c>
     </row>
     <row r="15" spans="1:10" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A15" s="16" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="7" t="s">
         <v>106</v>
       </c>
       <c r="C15" s="84">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="D15" s="84">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="E15" s="2">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="F15" s="99" t="s">
         <v>235</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>11</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>224</v>
       </c>
       <c r="I15">
         <v>10</v>
       </c>
       <c r="J15" s="84">
         <f>150</f>
         <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A16" s="16" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="7" t="s">
         <v>13</v>
       </c>
@@ -2979,84 +2979,85 @@
       <c r="H21" s="5" t="s">
         <v>95</v>
       </c>
       <c r="I21">
         <v>10</v>
       </c>
       <c r="J21" s="84">
         <f>90</f>
         <v>90</v>
       </c>
     </row>
     <row r="22" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A22" s="16" t="s">
         <v>12</v>
       </c>
       <c r="B22" s="7" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="84">
         <v>175</v>
       </c>
       <c r="D22" s="84">
         <v>175</v>
       </c>
       <c r="E22" s="2">
+        <f t="shared" ref="E22:E71" si="0">D22</f>
         <v>175</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>14</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>11</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>225</v>
       </c>
       <c r="I22">
         <v>10</v>
       </c>
       <c r="J22" s="84">
         <f>85</f>
         <v>85</v>
       </c>
     </row>
     <row r="23" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A23" s="16" t="s">
         <v>27</v>
       </c>
       <c r="B23" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C23" s="84">
         <v>125</v>
       </c>
       <c r="D23" s="84">
         <v>125</v>
       </c>
       <c r="E23" s="2">
-        <f t="shared" ref="E22:E71" si="0">D23</f>
+        <f t="shared" si="0"/>
         <v>125</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>10</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>11</v>
       </c>
       <c r="H23" s="5" t="s">
         <v>93</v>
       </c>
       <c r="I23">
         <v>10</v>
       </c>
       <c r="J23" s="84">
         <f>90</f>
         <v>90</v>
       </c>
     </row>
     <row r="24" spans="1:10" s="1" customFormat="1" ht="41.4" x14ac:dyDescent="0.3">
       <c r="A24" s="16" t="s">
         <v>29</v>
       </c>
       <c r="B24" s="7" t="s">
         <v>30</v>
@@ -4738,99 +4739,99 @@
       <c r="B77" s="13"/>
       <c r="C77" s="13"/>
       <c r="D77" s="12"/>
       <c r="E77" s="12"/>
       <c r="F77" s="12"/>
       <c r="G77" s="26"/>
       <c r="H77" s="25"/>
     </row>
     <row r="78" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A78" s="14"/>
       <c r="B78" s="13"/>
       <c r="C78" s="13"/>
       <c r="D78" s="12"/>
       <c r="E78" s="12"/>
       <c r="F78" s="12"/>
       <c r="G78" s="26"/>
       <c r="H78" s="25"/>
     </row>
     <row r="79" spans="1:10" x14ac:dyDescent="0.3">
       <c r="B79" s="22"/>
       <c r="C79" s="22"/>
       <c r="F79" s="24"/>
       <c r="G79" s="24"/>
     </row>
     <row r="80" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A80" s="105"/>
-[...3 lines deleted...]
-      <c r="E80" s="107"/>
+      <c r="A80" s="104"/>
+      <c r="B80" s="105"/>
+      <c r="C80" s="105"/>
+      <c r="D80" s="106"/>
+      <c r="E80" s="106"/>
       <c r="F80" s="24"/>
       <c r="G80" s="24"/>
     </row>
     <row r="81" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A81" s="108"/>
-[...3 lines deleted...]
-      <c r="E81" s="107"/>
+      <c r="A81" s="107"/>
+      <c r="B81" s="105"/>
+      <c r="C81" s="105"/>
+      <c r="D81" s="106"/>
+      <c r="E81" s="106"/>
     </row>
     <row r="82" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A82" s="108"/>
-[...3 lines deleted...]
-      <c r="E82" s="107"/>
+      <c r="A82" s="107"/>
+      <c r="B82" s="105"/>
+      <c r="C82" s="105"/>
+      <c r="D82" s="106"/>
+      <c r="E82" s="106"/>
     </row>
     <row r="83" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A83" s="108"/>
-[...3 lines deleted...]
-      <c r="E83" s="107"/>
+      <c r="A83" s="107"/>
+      <c r="B83" s="106"/>
+      <c r="C83" s="106"/>
+      <c r="D83" s="106"/>
+      <c r="E83" s="106"/>
     </row>
     <row r="84" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A84" s="108"/>
-[...3 lines deleted...]
-      <c r="E84" s="107"/>
+      <c r="A84" s="107"/>
+      <c r="B84" s="106"/>
+      <c r="C84" s="106"/>
+      <c r="D84" s="106"/>
+      <c r="E84" s="106"/>
     </row>
     <row r="85" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A85" s="105"/>
-[...3 lines deleted...]
-      <c r="E85" s="109"/>
+      <c r="A85" s="104"/>
+      <c r="B85" s="106"/>
+      <c r="C85" s="106"/>
+      <c r="D85" s="106"/>
+      <c r="E85" s="108"/>
     </row>
     <row r="86" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A86" s="110"/>
-[...3 lines deleted...]
-      <c r="E86" s="111"/>
+      <c r="A86" s="109"/>
+      <c r="B86" s="110"/>
+      <c r="C86" s="110"/>
+      <c r="D86" s="110"/>
+      <c r="E86" s="110"/>
       <c r="F86" s="24"/>
       <c r="G86" s="24"/>
     </row>
   </sheetData>
   <autoFilter ref="A12:H78"/>
   <mergeCells count="1">
     <mergeCell ref="A11:H11"/>
   </mergeCells>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="80" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A8:H47"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A16" sqref="A16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
@@ -4883,104 +4884,104 @@
       <c r="F11" s="34"/>
       <c r="G11" s="34"/>
       <c r="H11" s="34"/>
     </row>
     <row r="12" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="34"/>
       <c r="B12" s="34"/>
       <c r="C12" s="34"/>
       <c r="D12" s="34"/>
       <c r="E12" s="34"/>
       <c r="F12" s="34"/>
       <c r="G12" s="34"/>
       <c r="H12" s="34"/>
     </row>
     <row r="13" spans="1:8" ht="19.8" x14ac:dyDescent="0.3">
       <c r="A13" s="34"/>
       <c r="B13" s="34"/>
       <c r="C13" s="34"/>
       <c r="D13" s="34"/>
       <c r="E13" s="34"/>
       <c r="F13" s="34"/>
       <c r="G13" s="34"/>
       <c r="H13" s="34"/>
     </row>
     <row r="14" spans="1:8" s="36" customFormat="1" ht="29.4" x14ac:dyDescent="0.3">
-      <c r="A14" s="112" t="s">
+      <c r="A14" s="129" t="s">
         <v>108</v>
       </c>
-      <c r="B14" s="101"/>
-[...5 lines deleted...]
-      <c r="H14" s="101"/>
+      <c r="B14" s="128"/>
+      <c r="C14" s="128"/>
+      <c r="D14" s="128"/>
+      <c r="E14" s="128"/>
+      <c r="F14" s="128"/>
+      <c r="G14" s="128"/>
+      <c r="H14" s="128"/>
     </row>
     <row r="15" spans="1:8" s="36" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A15" s="113" t="s">
+      <c r="A15" s="111" t="s">
         <v>1</v>
       </c>
-      <c r="B15" s="114" t="s">
+      <c r="B15" s="112" t="s">
         <v>2</v>
       </c>
-      <c r="C15" s="115" t="s">
+      <c r="C15" s="113" t="s">
         <v>4</v>
       </c>
-      <c r="D15" s="115" t="s">
+      <c r="D15" s="113" t="s">
         <v>91</v>
       </c>
-      <c r="E15" s="115" t="s">
+      <c r="E15" s="113" t="s">
         <v>3</v>
       </c>
-      <c r="F15" s="113" t="s">
+      <c r="F15" s="111" t="s">
         <v>5</v>
       </c>
-      <c r="G15" s="113" t="s">
+      <c r="G15" s="111" t="s">
         <v>6</v>
       </c>
-      <c r="H15" s="116" t="s">
+      <c r="H15" s="114" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A16" s="37" t="s">
         <v>109</v>
       </c>
       <c r="B16" s="38" t="s">
         <v>110</v>
       </c>
       <c r="C16" s="39">
         <f>D16</f>
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="D16" s="39">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="E16" s="39">
         <f>D16</f>
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="F16" s="40" t="s">
         <v>111</v>
       </c>
       <c r="G16" s="40" t="s">
         <v>121</v>
       </c>
       <c r="H16" s="40" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A17" s="37" t="s">
         <v>114</v>
       </c>
       <c r="B17" s="43" t="s">
         <v>115</v>
       </c>
       <c r="C17" s="44">
         <f>D17</f>
         <v>90</v>
       </c>
       <c r="D17" s="44">
         <v>90</v>
       </c>
@@ -5686,51 +5687,51 @@
     <row r="47" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A47" s="14"/>
       <c r="B47" s="13"/>
       <c r="C47" s="13"/>
       <c r="D47" s="12"/>
       <c r="E47" s="12"/>
       <c r="F47" s="12"/>
       <c r="G47" s="26"/>
       <c r="H47" s="26"/>
     </row>
   </sheetData>
   <autoFilter ref="A15:H39"/>
   <mergeCells count="1">
     <mergeCell ref="A14:H14"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A8:K71"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
+    <sheetView workbookViewId="0">
       <selection activeCell="A16" sqref="A16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="16.44140625" style="52" customWidth="1"/>
     <col min="2" max="3" width="15.21875" customWidth="1"/>
     <col min="4" max="4" width="21.5546875" customWidth="1"/>
     <col min="5" max="5" width="24" style="35" customWidth="1"/>
     <col min="6" max="6" width="16.77734375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="13.77734375" customWidth="1"/>
     <col min="8" max="10" width="11.44140625" hidden="1" customWidth="1"/>
     <col min="11" max="11" width="31.77734375" hidden="1" customWidth="1"/>
     <col min="12" max="12" width="5.5546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="8" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="53"/>
       <c r="B8" s="34"/>
       <c r="C8" s="34"/>
       <c r="D8" s="34"/>
       <c r="E8" s="54"/>
       <c r="F8" s="34"/>
       <c r="G8" s="34"/>
     </row>
@@ -5758,80 +5759,80 @@
       <c r="C11" s="34"/>
       <c r="D11" s="34"/>
       <c r="E11" s="54"/>
       <c r="F11" s="34"/>
       <c r="G11" s="34"/>
     </row>
     <row r="12" spans="1:11" ht="19.8" x14ac:dyDescent="0.3">
       <c r="A12" s="53"/>
       <c r="B12" s="34"/>
       <c r="C12" s="34"/>
       <c r="D12" s="34"/>
       <c r="E12" s="54"/>
       <c r="F12" s="34"/>
       <c r="G12" s="34"/>
     </row>
     <row r="13" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A13" s="55"/>
       <c r="B13" s="56"/>
       <c r="C13" s="56"/>
       <c r="D13" s="56"/>
       <c r="E13" s="56"/>
       <c r="F13" s="56"/>
       <c r="G13" s="56"/>
     </row>
     <row r="14" spans="1:11" s="36" customFormat="1" ht="29.4" x14ac:dyDescent="0.3">
-      <c r="A14" s="112" t="s">
+      <c r="A14" s="129" t="s">
         <v>155</v>
       </c>
-      <c r="B14" s="101"/>
-[...4 lines deleted...]
-      <c r="G14" s="101"/>
+      <c r="B14" s="128"/>
+      <c r="C14" s="128"/>
+      <c r="D14" s="128"/>
+      <c r="E14" s="128"/>
+      <c r="F14" s="128"/>
+      <c r="G14" s="128"/>
     </row>
     <row r="15" spans="1:11" s="36" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A15" s="117" t="s">
+      <c r="A15" s="115" t="s">
         <v>1</v>
       </c>
-      <c r="B15" s="116" t="s">
+      <c r="B15" s="114" t="s">
         <v>2</v>
       </c>
-      <c r="C15" s="103" t="s">
+      <c r="C15" s="102" t="s">
         <v>4</v>
       </c>
-      <c r="D15" s="103" t="s">
+      <c r="D15" s="102" t="s">
         <v>3</v>
       </c>
-      <c r="E15" s="116" t="s">
+      <c r="E15" s="114" t="s">
         <v>5</v>
       </c>
-      <c r="F15" s="116" t="s">
+      <c r="F15" s="114" t="s">
         <v>6</v>
       </c>
-      <c r="G15" s="116" t="s">
+      <c r="G15" s="114" t="s">
         <v>7</v>
       </c>
       <c r="K15" s="15" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="16" spans="1:11" s="36" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A16" s="57" t="s">
         <v>156</v>
       </c>
       <c r="B16" s="60" t="s">
         <v>157</v>
       </c>
       <c r="C16" s="61">
         <f t="shared" ref="C16:C24" si="0">D16</f>
         <v>140</v>
       </c>
       <c r="D16" s="61">
         <v>140</v>
       </c>
       <c r="E16" s="88" t="s">
         <v>158</v>
       </c>
       <c r="F16" s="63" t="s">
         <v>11</v>
@@ -6045,55 +6046,54 @@
       </c>
       <c r="D24" s="61">
         <v>50</v>
       </c>
       <c r="E24" s="88" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="63" t="s">
         <v>11</v>
       </c>
       <c r="G24" s="63" t="s">
         <v>174</v>
       </c>
       <c r="K24" s="58">
         <v>110</v>
       </c>
     </row>
     <row r="25" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A25" s="57" t="s">
         <v>175</v>
       </c>
       <c r="B25" s="60" t="s">
         <v>176</v>
       </c>
       <c r="C25" s="61">
-        <f>80</f>
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="D25" s="61">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="E25" s="61" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="63" t="s">
         <v>11</v>
       </c>
       <c r="G25" s="90" t="s">
         <v>177</v>
       </c>
       <c r="K25" s="58">
         <v>50</v>
       </c>
     </row>
     <row r="26" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A26" s="57" t="s">
         <v>178</v>
       </c>
       <c r="B26" s="60" t="s">
         <v>179</v>
       </c>
       <c r="C26" s="61">
         <f t="shared" ref="C26:C30" si="1">D26</f>
         <v>70</v>
       </c>
@@ -6177,58 +6177,58 @@
       <c r="C29" s="61">
         <f t="shared" si="1"/>
         <v>70</v>
       </c>
       <c r="D29" s="61">
         <v>70</v>
       </c>
       <c r="E29" s="88" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="63" t="s">
         <v>11</v>
       </c>
       <c r="G29" s="63" t="s">
         <v>237</v>
       </c>
       <c r="K29" s="58"/>
     </row>
     <row r="30" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A30" s="57" t="s">
         <v>186</v>
       </c>
       <c r="B30" s="60" t="s">
         <v>187</v>
       </c>
-      <c r="C30" s="118">
+      <c r="C30" s="116">
         <f t="shared" si="1"/>
         <v>140</v>
       </c>
-      <c r="D30" s="118">
+      <c r="D30" s="116">
         <v>140</v>
       </c>
-      <c r="E30" s="119" t="s">
+      <c r="E30" s="117" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="63" t="s">
         <v>11</v>
       </c>
       <c r="G30" s="63" t="s">
         <v>188</v>
       </c>
       <c r="H30" s="58">
         <v>80</v>
       </c>
       <c r="I30" s="58">
         <v>85</v>
       </c>
       <c r="J30">
         <v>10</v>
       </c>
       <c r="K30" s="58">
         <v>95</v>
       </c>
     </row>
     <row r="31" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A31" s="57" t="s">
         <v>186</v>
       </c>
@@ -6251,54 +6251,54 @@
       <c r="G31" s="63" t="s">
         <v>219</v>
       </c>
       <c r="H31" s="59">
         <v>100</v>
       </c>
       <c r="I31" s="59">
         <v>105</v>
       </c>
       <c r="J31">
         <v>10</v>
       </c>
       <c r="K31" s="58">
         <v>115</v>
       </c>
     </row>
     <row r="32" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A32" s="57" t="s">
         <v>186</v>
       </c>
       <c r="B32" s="60" t="s">
         <v>190</v>
       </c>
       <c r="C32" s="61">
         <f t="shared" si="2"/>
-        <v>180</v>
+        <v>140</v>
       </c>
       <c r="D32" s="95">
-        <v>180</v>
+        <v>140</v>
       </c>
       <c r="E32" s="88" t="s">
         <v>217</v>
       </c>
       <c r="F32" s="63" t="s">
         <v>90</v>
       </c>
       <c r="G32" s="96" t="s">
         <v>236</v>
       </c>
       <c r="H32" s="59">
         <v>135</v>
       </c>
       <c r="I32" s="59">
         <v>140</v>
       </c>
       <c r="J32">
         <v>10</v>
       </c>
       <c r="K32" s="58">
         <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A33" s="57" t="s">
@@ -6432,53 +6432,53 @@
       </c>
       <c r="K36" s="59">
         <v>265</v>
       </c>
     </row>
     <row r="37" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A37" s="82"/>
       <c r="B37" s="64"/>
       <c r="C37" s="64"/>
       <c r="D37" s="65"/>
       <c r="E37" s="66"/>
       <c r="F37" s="67"/>
       <c r="G37" s="68"/>
     </row>
     <row r="38" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A38" s="69"/>
       <c r="B38" s="50"/>
       <c r="C38" s="50"/>
       <c r="D38" s="9"/>
       <c r="E38" s="10"/>
       <c r="F38" s="11"/>
       <c r="G38" s="11"/>
       <c r="H38" s="24"/>
     </row>
     <row r="39" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="A39" s="120"/>
-[...1 lines deleted...]
-      <c r="C39" s="121"/>
+      <c r="A39" s="118"/>
+      <c r="B39" s="119"/>
+      <c r="C39" s="119"/>
       <c r="D39" s="98"/>
       <c r="E39" s="10"/>
       <c r="F39" s="11"/>
       <c r="G39" s="11"/>
       <c r="H39" s="24"/>
     </row>
     <row r="40" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A40" s="70"/>
       <c r="B40" s="71"/>
       <c r="C40" s="71"/>
       <c r="D40" s="71"/>
       <c r="E40" s="71"/>
       <c r="F40" s="71"/>
       <c r="G40" s="72"/>
       <c r="H40" s="24"/>
     </row>
     <row r="41" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A41" s="73"/>
       <c r="B41" s="21"/>
       <c r="C41" s="21"/>
       <c r="D41" s="21"/>
       <c r="E41" s="21"/>
       <c r="F41" s="21"/>
       <c r="G41" s="12"/>
       <c r="H41" s="24"/>
@@ -6582,106 +6582,106 @@
       <c r="F51" s="76"/>
       <c r="G51" s="72"/>
       <c r="H51" s="24"/>
     </row>
     <row r="52" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A52" s="74"/>
       <c r="B52" s="76"/>
       <c r="C52" s="76"/>
       <c r="D52" s="76"/>
       <c r="E52" s="76"/>
       <c r="F52" s="76"/>
       <c r="G52" s="72"/>
       <c r="H52" s="24"/>
     </row>
     <row r="53" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A53" s="74"/>
       <c r="B53" s="76"/>
       <c r="C53" s="76"/>
       <c r="D53" s="76"/>
       <c r="E53" s="76"/>
       <c r="F53" s="76"/>
       <c r="G53" s="72"/>
       <c r="H53" s="24"/>
     </row>
     <row r="54" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A54" s="122"/>
-[...3 lines deleted...]
-      <c r="E54" s="123"/>
+      <c r="A54" s="120"/>
+      <c r="B54" s="121"/>
+      <c r="C54" s="121"/>
+      <c r="D54" s="121"/>
+      <c r="E54" s="121"/>
       <c r="F54" s="76"/>
       <c r="G54" s="72"/>
       <c r="H54" s="24"/>
     </row>
     <row r="55" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A55" s="74"/>
       <c r="B55" s="21"/>
       <c r="C55" s="21"/>
       <c r="D55" s="21"/>
       <c r="E55" s="21"/>
       <c r="F55" s="21"/>
       <c r="G55" s="72"/>
       <c r="H55" s="24"/>
     </row>
     <row r="56" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A56" s="74"/>
       <c r="B56" s="71"/>
       <c r="C56" s="71"/>
       <c r="D56" s="71"/>
       <c r="E56" s="71"/>
       <c r="F56" s="71"/>
       <c r="G56" s="12"/>
       <c r="H56" s="24"/>
     </row>
     <row r="57" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A57" s="120"/>
-[...3 lines deleted...]
-      <c r="E57" s="123"/>
+      <c r="A57" s="118"/>
+      <c r="B57" s="121"/>
+      <c r="C57" s="121"/>
+      <c r="D57" s="121"/>
+      <c r="E57" s="121"/>
       <c r="F57" s="71"/>
       <c r="G57" s="12"/>
       <c r="H57" s="24"/>
     </row>
     <row r="58" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A58" s="124"/>
-[...3 lines deleted...]
-      <c r="E58" s="125"/>
+      <c r="A58" s="122"/>
+      <c r="B58" s="123"/>
+      <c r="C58" s="123"/>
+      <c r="D58" s="123"/>
+      <c r="E58" s="123"/>
       <c r="F58" s="71"/>
       <c r="G58" s="12"/>
       <c r="H58" s="24"/>
     </row>
     <row r="59" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A59" s="126"/>
-[...4 lines deleted...]
-      <c r="F59" s="129"/>
+      <c r="A59" s="124"/>
+      <c r="B59" s="125"/>
+      <c r="C59" s="125"/>
+      <c r="D59" s="125"/>
+      <c r="E59" s="126"/>
+      <c r="F59" s="127"/>
       <c r="G59" s="72"/>
       <c r="H59" s="24"/>
     </row>
     <row r="60" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A60" s="80"/>
       <c r="B60" s="77"/>
       <c r="C60" s="77"/>
       <c r="D60" s="77"/>
       <c r="E60" s="78"/>
       <c r="F60" s="79"/>
       <c r="G60" s="72"/>
       <c r="H60" s="24"/>
     </row>
     <row r="61" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A61" s="73"/>
       <c r="B61" s="77"/>
       <c r="C61" s="77"/>
       <c r="D61" s="77"/>
       <c r="E61" s="78"/>
       <c r="F61" s="79"/>
       <c r="G61" s="72"/>
       <c r="H61" s="24"/>
     </row>
     <row r="62" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A62" s="81"/>